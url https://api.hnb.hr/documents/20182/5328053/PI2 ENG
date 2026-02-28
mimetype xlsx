--- v1 (2025-12-13)
+++ v2 (2026-02-28)
@@ -15,53 +15,53 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9302"/>
   <workbookPr date1904="true" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="120" yWindow="45" windowWidth="19155" windowHeight="4935"/>
   </bookViews>
   <sheets>
     <sheet name="PI2 ENG" sheetId="1" r:id="rId10"/>
   </sheets>
   <calcPr calcId="144525"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1323" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1764" uniqueCount="49">
   <si>
-    <t>Zagreb, 19.11.2025</t>
+    <t>Zagreb, 27.02.2026</t>
   </si>
   <si>
     <t>CROATIAN NATIONAL BANK</t>
   </si>
   <si>
     <t>Payment Operations Area</t>
   </si>
   <si>
     <t>Payment Operations Supervision Department </t>
   </si>
   <si>
     <t>  </t>
   </si>
   <si>
     <t>OPERATING UNITS AND ACCEPTING DEVICES BY COUNTY - year 2025
 </t>
   </si>
   <si>
     <t>Month: JANUARY</t>
   </si>
   <si>
     <t>County</t>
   </si>
   <si>
     <t>Operating units</t>
@@ -138,66 +138,75 @@
   <si>
     <t>County of Dubrovnik-Neretva</t>
   </si>
   <si>
     <t>County of Međimurje</t>
   </si>
   <si>
     <t>City of Zagreb</t>
   </si>
   <si>
     <t>          TOTAL</t>
   </si>
   <si>
     <t>* data have been revised from the previous release</t>
   </si>
   <si>
     <t>Month: FEBRUARY</t>
   </si>
   <si>
     <t>Month: MARCH</t>
   </si>
   <si>
     <t>Month: APRIL</t>
   </si>
   <si>
-    <t>*</t>
-[...1 lines deleted...]
-  <si>
     <t>Month: MAY</t>
   </si>
   <si>
     <t>Month: JUNE</t>
   </si>
   <si>
     <t>Month: JULY</t>
   </si>
   <si>
     <t>Month: AUGUST</t>
   </si>
   <si>
+    <t>*</t>
+  </si>
+  <si>
     <t>Month: SEPTEMBER</t>
+  </si>
+  <si>
+    <t>Month: OCTOBER</t>
+  </si>
+  <si>
+    <t>Month: NOVEMBER</t>
+  </si>
+  <si>
+    <t>Month: DECEMBER</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0"/>
   </numFmts>
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="none"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="none"/>
     </font>
     <font>
@@ -562,51 +571,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:K312"/>
+  <dimension ref="A1:K417"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="40" customWidth="1"/>
     <col min="2" max="2" width="22" customWidth="1"/>
     <col min="3" max="3" width="4" customWidth="1"/>
     <col min="4" max="4" width="22" customWidth="1"/>
     <col min="5" max="5" width="4" customWidth="1"/>
     <col min="6" max="6" width="35" customWidth="1"/>
     <col min="7" max="7" width="4" customWidth="1"/>
     <col min="8" max="8" width="31" customWidth="1"/>
     <col min="9" max="9" width="4" customWidth="1"/>
     <col min="10" max="10" width="22" customWidth="1"/>
     <col min="11" max="11" width="4" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" t="s" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:11">
       <c r="A2" t="s" s="2">
@@ -3178,51 +3187,51 @@
       <c r="C115" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D115" s="7">
         <v>33</v>
       </c>
       <c r="E115" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F115" s="7">
         <v>8</v>
       </c>
       <c r="G115" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H115" s="7">
         <v/>
       </c>
       <c r="I115" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J115" s="7">
         <v>198</v>
       </c>
       <c r="K115" t="s" s="6">
-        <v>40</v>
+        <v>14</v>
       </c>
     </row>
     <row r="116" spans="1:11">
       <c r="A116" t="s" s="6">
         <v>15</v>
       </c>
       <c r="B116" s="7">
         <v>23</v>
       </c>
       <c r="C116" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D116" s="7">
         <v>9</v>
       </c>
       <c r="E116" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F116" s="7">
         <v>7</v>
       </c>
       <c r="G116" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H116" s="7">
@@ -3283,86 +3292,86 @@
       <c r="C118" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D118" s="7">
         <v>16</v>
       </c>
       <c r="E118" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F118" s="7">
         <v>1</v>
       </c>
       <c r="G118" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H118" s="7">
         <v>1</v>
       </c>
       <c r="I118" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J118" s="7">
         <v>93</v>
       </c>
       <c r="K118" t="s" s="6">
-        <v>40</v>
+        <v>14</v>
       </c>
     </row>
     <row r="119" spans="1:11">
       <c r="A119" t="s" s="6">
         <v>18</v>
       </c>
       <c r="B119" s="7">
         <v>24</v>
       </c>
       <c r="C119" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D119" s="7">
         <v>12</v>
       </c>
       <c r="E119" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F119" s="7">
         <v>3</v>
       </c>
       <c r="G119" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H119" s="7">
         <v>1</v>
       </c>
       <c r="I119" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J119" s="7">
         <v>128</v>
       </c>
       <c r="K119" t="s" s="6">
-        <v>40</v>
+        <v>14</v>
       </c>
     </row>
     <row r="120" spans="1:11">
       <c r="A120" t="s" s="6">
         <v>19</v>
       </c>
       <c r="B120" s="7">
         <v>19</v>
       </c>
       <c r="C120" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D120" s="7">
         <v>10</v>
       </c>
       <c r="E120" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F120" s="7">
         <v>3</v>
       </c>
       <c r="G120" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H120" s="7">
@@ -3423,86 +3432,86 @@
       <c r="C122" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D122" s="7">
         <v>38</v>
       </c>
       <c r="E122" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F122" s="7">
         <v>1</v>
       </c>
       <c r="G122" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H122" s="7">
         <v>2</v>
       </c>
       <c r="I122" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J122" s="7">
         <v>391</v>
       </c>
       <c r="K122" t="s" s="6">
-        <v>40</v>
+        <v>14</v>
       </c>
     </row>
     <row r="123" spans="1:11">
       <c r="A123" t="s" s="6">
         <v>22</v>
       </c>
       <c r="B123" s="7">
         <v>10</v>
       </c>
       <c r="C123" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D123" s="7">
         <v>7</v>
       </c>
       <c r="E123" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F123" s="7">
         <v/>
       </c>
       <c r="G123" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H123" s="7">
         <v/>
       </c>
       <c r="I123" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J123" s="7">
         <v>79</v>
       </c>
       <c r="K123" t="s" s="6">
-        <v>40</v>
+        <v>14</v>
       </c>
     </row>
     <row r="124" spans="1:11">
       <c r="A124" t="s" s="6">
         <v>23</v>
       </c>
       <c r="B124" s="7">
         <v>18</v>
       </c>
       <c r="C124" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D124" s="7">
         <v>7</v>
       </c>
       <c r="E124" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F124" s="7">
         <v>1</v>
       </c>
       <c r="G124" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H124" s="7">
@@ -3598,121 +3607,121 @@
       <c r="C127" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D127" s="7">
         <v>23</v>
       </c>
       <c r="E127" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F127" s="7">
         <v>1</v>
       </c>
       <c r="G127" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H127" s="7">
         <v>2</v>
       </c>
       <c r="I127" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J127" s="7">
         <v>299</v>
       </c>
       <c r="K127" t="s" s="6">
-        <v>40</v>
+        <v>14</v>
       </c>
     </row>
     <row r="128" spans="1:11">
       <c r="A128" t="s" s="6">
         <v>27</v>
       </c>
       <c r="B128" s="7">
         <v>49</v>
       </c>
       <c r="C128" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D128" s="7">
         <v>18</v>
       </c>
       <c r="E128" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F128" s="7">
         <v>3</v>
       </c>
       <c r="G128" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H128" s="7">
         <v>1</v>
       </c>
       <c r="I128" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J128" s="7">
         <v>195</v>
       </c>
       <c r="K128" t="s" s="6">
-        <v>40</v>
+        <v>14</v>
       </c>
     </row>
     <row r="129" spans="1:11">
       <c r="A129" t="s" s="6">
         <v>28</v>
       </c>
       <c r="B129" s="7">
         <v>21</v>
       </c>
       <c r="C129" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D129" s="7">
         <v>10</v>
       </c>
       <c r="E129" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F129" s="7">
         <v>1</v>
       </c>
       <c r="G129" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H129" s="7">
         <v>1</v>
       </c>
       <c r="I129" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J129" s="7">
         <v>164</v>
       </c>
       <c r="K129" t="s" s="6">
-        <v>40</v>
+        <v>14</v>
       </c>
     </row>
     <row r="130" spans="1:11">
       <c r="A130" t="s" s="6">
         <v>29</v>
       </c>
       <c r="B130" s="7">
         <v>24</v>
       </c>
       <c r="C130" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D130" s="7">
         <v>8</v>
       </c>
       <c r="E130" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F130" s="7">
         <v>1</v>
       </c>
       <c r="G130" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H130" s="7">
@@ -3738,121 +3747,121 @@
       <c r="C131" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D131" s="7">
         <v>43</v>
       </c>
       <c r="E131" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F131" s="7">
         <v>4</v>
       </c>
       <c r="G131" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H131" s="7">
         <v>3</v>
       </c>
       <c r="I131" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J131" s="7">
         <v>667</v>
       </c>
       <c r="K131" t="s" s="6">
-        <v>40</v>
+        <v>14</v>
       </c>
     </row>
     <row r="132" spans="1:11">
       <c r="A132" t="s" s="6">
         <v>31</v>
       </c>
       <c r="B132" s="7">
         <v>63</v>
       </c>
       <c r="C132" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D132" s="7">
         <v>40</v>
       </c>
       <c r="E132" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F132" s="7">
         <v>3</v>
       </c>
       <c r="G132" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H132" s="7">
         <v>1</v>
       </c>
       <c r="I132" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J132" s="7">
         <v>402</v>
       </c>
       <c r="K132" t="s" s="6">
-        <v>40</v>
+        <v>14</v>
       </c>
     </row>
     <row r="133" spans="1:11">
       <c r="A133" t="s" s="6">
         <v>32</v>
       </c>
       <c r="B133" s="7">
         <v>35</v>
       </c>
       <c r="C133" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D133" s="7">
         <v>16</v>
       </c>
       <c r="E133" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F133" s="7">
         <v/>
       </c>
       <c r="G133" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H133" s="7">
         <v>1</v>
       </c>
       <c r="I133" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J133" s="7">
         <v>272</v>
       </c>
       <c r="K133" t="s" s="6">
-        <v>40</v>
+        <v>14</v>
       </c>
     </row>
     <row r="134" spans="1:11">
       <c r="A134" t="s" s="6">
         <v>33</v>
       </c>
       <c r="B134" s="7">
         <v>17</v>
       </c>
       <c r="C134" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D134" s="7">
         <v>8</v>
       </c>
       <c r="E134" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F134" s="7">
         <v/>
       </c>
       <c r="G134" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H134" s="7">
@@ -3878,51 +3887,51 @@
       <c r="C135" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D135" s="7">
         <v>44</v>
       </c>
       <c r="E135" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F135" s="7">
         <v>19</v>
       </c>
       <c r="G135" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H135" s="7">
         <v>9</v>
       </c>
       <c r="I135" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J135" s="7">
         <v>746</v>
       </c>
       <c r="K135" t="s" s="6">
-        <v>40</v>
+        <v>14</v>
       </c>
     </row>
     <row r="136" spans="1:11">
       <c r="A136" t="s" s="8">
         <v>35</v>
       </c>
       <c r="B136" s="9">
         <v>782</v>
       </c>
       <c r="C136" t="s" s="8">
         <v>14</v>
       </c>
       <c r="D136" s="9">
         <v>381</v>
       </c>
       <c r="E136" t="s" s="8">
         <v>14</v>
       </c>
       <c r="F136" s="9">
         <v>62</v>
       </c>
       <c r="G136" t="s" s="8">
         <v>14</v>
       </c>
       <c r="H136" s="9">
@@ -3958,51 +3967,51 @@
         <v>2</v>
       </c>
     </row>
     <row r="144" spans="1:11">
       <c r="A144" t="s" s="2">
         <v>3</v>
       </c>
     </row>
     <row r="145" spans="1:11">
       <c r="A145" t="s" s="3">
         <v>4</v>
       </c>
     </row>
     <row r="146" spans="1:11">
       <c r="A146" t="s" s="4">
         <v>5</v>
       </c>
     </row>
     <row r="147" spans="1:11">
       <c r="A147" t="s" s="3">
         <v>4</v>
       </c>
     </row>
     <row r="148" spans="1:11">
       <c r="A148" t="s" s="3">
-        <v>41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="149" spans="1:11">
       <c r="A149" t="s" s="5">
         <v>7</v>
       </c>
       <c r="B149" t="s" s="5">
         <v>8</v>
       </c>
       <c r="D149" t="s" s="5">
         <v>9</v>
       </c>
       <c r="F149" t="s" s="5">
         <v>10</v>
       </c>
       <c r="H149" t="s" s="5">
         <v>11</v>
       </c>
       <c r="J149" t="s" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="150" spans="1:11">
       <c r="A150" t="s" s="6">
         <v>13</v>
@@ -4793,51 +4802,51 @@
         <v>2</v>
       </c>
     </row>
     <row r="179" spans="1:11">
       <c r="A179" t="s" s="2">
         <v>3</v>
       </c>
     </row>
     <row r="180" spans="1:11">
       <c r="A180" t="s" s="3">
         <v>4</v>
       </c>
     </row>
     <row r="181" spans="1:11">
       <c r="A181" t="s" s="4">
         <v>5</v>
       </c>
     </row>
     <row r="182" spans="1:11">
       <c r="A182" t="s" s="3">
         <v>4</v>
       </c>
     </row>
     <row r="183" spans="1:11">
       <c r="A183" t="s" s="3">
-        <v>42</v>
+        <v>41</v>
       </c>
     </row>
     <row r="184" spans="1:11">
       <c r="A184" t="s" s="5">
         <v>7</v>
       </c>
       <c r="B184" t="s" s="5">
         <v>8</v>
       </c>
       <c r="D184" t="s" s="5">
         <v>9</v>
       </c>
       <c r="F184" t="s" s="5">
         <v>10</v>
       </c>
       <c r="H184" t="s" s="5">
         <v>11</v>
       </c>
       <c r="J184" t="s" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="185" spans="1:11">
       <c r="A185" t="s" s="6">
         <v>13</v>
@@ -4953,86 +4962,86 @@
       <c r="C188" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D188" s="7">
         <v>16</v>
       </c>
       <c r="E188" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F188" s="7">
         <v>1</v>
       </c>
       <c r="G188" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H188" s="7">
         <v>1</v>
       </c>
       <c r="I188" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J188" s="7">
         <v>93</v>
       </c>
       <c r="K188" t="s" s="6">
-        <v>40</v>
+        <v>14</v>
       </c>
     </row>
     <row r="189" spans="1:11">
       <c r="A189" t="s" s="6">
         <v>18</v>
       </c>
       <c r="B189" s="7">
         <v>24</v>
       </c>
       <c r="C189" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D189" s="7">
         <v>13</v>
       </c>
       <c r="E189" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F189" s="7">
         <v>3</v>
       </c>
       <c r="G189" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H189" s="7">
         <v>1</v>
       </c>
       <c r="I189" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J189" s="7">
         <v>130</v>
       </c>
       <c r="K189" t="s" s="6">
-        <v>40</v>
+        <v>14</v>
       </c>
     </row>
     <row r="190" spans="1:11">
       <c r="A190" t="s" s="6">
         <v>19</v>
       </c>
       <c r="B190" s="7">
         <v>19</v>
       </c>
       <c r="C190" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D190" s="7">
         <v>10</v>
       </c>
       <c r="E190" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F190" s="7">
         <v>3</v>
       </c>
       <c r="G190" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H190" s="7">
@@ -5303,51 +5312,51 @@
       <c r="C198" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D198" s="7">
         <v>18</v>
       </c>
       <c r="E198" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F198" s="7">
         <v>3</v>
       </c>
       <c r="G198" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H198" s="7">
         <v>2</v>
       </c>
       <c r="I198" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J198" s="7">
         <v>194</v>
       </c>
       <c r="K198" t="s" s="6">
-        <v>40</v>
+        <v>14</v>
       </c>
     </row>
     <row r="199" spans="1:11">
       <c r="A199" t="s" s="6">
         <v>28</v>
       </c>
       <c r="B199" s="7">
         <v>21</v>
       </c>
       <c r="C199" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D199" s="7">
         <v>10</v>
       </c>
       <c r="E199" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F199" s="7">
         <v>1</v>
       </c>
       <c r="G199" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H199" s="7">
@@ -5408,51 +5417,51 @@
       <c r="C201" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D201" s="7">
         <v>44</v>
       </c>
       <c r="E201" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F201" s="7">
         <v>4</v>
       </c>
       <c r="G201" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H201" s="7">
         <v>3</v>
       </c>
       <c r="I201" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J201" s="7">
         <v>820</v>
       </c>
       <c r="K201" t="s" s="6">
-        <v>40</v>
+        <v>14</v>
       </c>
     </row>
     <row r="202" spans="1:11">
       <c r="A202" t="s" s="6">
         <v>31</v>
       </c>
       <c r="B202" s="7">
         <v>63</v>
       </c>
       <c r="C202" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D202" s="7">
         <v>39</v>
       </c>
       <c r="E202" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F202" s="7">
         <v>3</v>
       </c>
       <c r="G202" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H202" s="7">
@@ -5548,51 +5557,51 @@
       <c r="C205" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D205" s="7">
         <v>44</v>
       </c>
       <c r="E205" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F205" s="7">
         <v>19</v>
       </c>
       <c r="G205" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H205" s="7">
         <v>12</v>
       </c>
       <c r="I205" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J205" s="7">
         <v>767</v>
       </c>
       <c r="K205" t="s" s="6">
-        <v>40</v>
+        <v>14</v>
       </c>
     </row>
     <row r="206" spans="1:11">
       <c r="A206" t="s" s="8">
         <v>35</v>
       </c>
       <c r="B206" s="9">
         <v>784</v>
       </c>
       <c r="C206" t="s" s="8">
         <v>14</v>
       </c>
       <c r="D206" s="9">
         <v>380</v>
       </c>
       <c r="E206" t="s" s="8">
         <v>14</v>
       </c>
       <c r="F206" s="9">
         <v>62</v>
       </c>
       <c r="G206" t="s" s="8">
         <v>14</v>
       </c>
       <c r="H206" s="9">
@@ -5628,51 +5637,51 @@
         <v>2</v>
       </c>
     </row>
     <row r="214" spans="1:11">
       <c r="A214" t="s" s="2">
         <v>3</v>
       </c>
     </row>
     <row r="215" spans="1:11">
       <c r="A215" t="s" s="3">
         <v>4</v>
       </c>
     </row>
     <row r="216" spans="1:11">
       <c r="A216" t="s" s="4">
         <v>5</v>
       </c>
     </row>
     <row r="217" spans="1:11">
       <c r="A217" t="s" s="3">
         <v>4</v>
       </c>
     </row>
     <row r="218" spans="1:11">
       <c r="A218" t="s" s="3">
-        <v>43</v>
+        <v>42</v>
       </c>
     </row>
     <row r="219" spans="1:11">
       <c r="A219" t="s" s="5">
         <v>7</v>
       </c>
       <c r="B219" t="s" s="5">
         <v>8</v>
       </c>
       <c r="D219" t="s" s="5">
         <v>9</v>
       </c>
       <c r="F219" t="s" s="5">
         <v>10</v>
       </c>
       <c r="H219" t="s" s="5">
         <v>11</v>
       </c>
       <c r="J219" t="s" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="220" spans="1:11">
       <c r="A220" t="s" s="6">
         <v>13</v>
@@ -6463,51 +6472,51 @@
         <v>2</v>
       </c>
     </row>
     <row r="249" spans="1:11">
       <c r="A249" t="s" s="2">
         <v>3</v>
       </c>
     </row>
     <row r="250" spans="1:11">
       <c r="A250" t="s" s="3">
         <v>4</v>
       </c>
     </row>
     <row r="251" spans="1:11">
       <c r="A251" t="s" s="4">
         <v>5</v>
       </c>
     </row>
     <row r="252" spans="1:11">
       <c r="A252" t="s" s="3">
         <v>4</v>
       </c>
     </row>
     <row r="253" spans="1:11">
       <c r="A253" t="s" s="3">
-        <v>44</v>
+        <v>43</v>
       </c>
     </row>
     <row r="254" spans="1:11">
       <c r="A254" t="s" s="5">
         <v>7</v>
       </c>
       <c r="B254" t="s" s="5">
         <v>8</v>
       </c>
       <c r="D254" t="s" s="5">
         <v>9</v>
       </c>
       <c r="F254" t="s" s="5">
         <v>10</v>
       </c>
       <c r="H254" t="s" s="5">
         <v>11</v>
       </c>
       <c r="J254" t="s" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="255" spans="1:11">
       <c r="A255" t="s" s="6">
         <v>13</v>
@@ -6561,54 +6570,54 @@
       </c>
       <c r="F256" s="7">
         <v>7</v>
       </c>
       <c r="G256" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H256" s="7">
         <v>1</v>
       </c>
       <c r="I256" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J256" s="7">
         <v>80</v>
       </c>
       <c r="K256" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="257" spans="1:11">
       <c r="A257" t="s" s="6">
         <v>16</v>
       </c>
       <c r="B257" s="7">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C257" t="s" s="6">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="D257" s="7">
         <v>14</v>
       </c>
       <c r="E257" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F257" s="7">
         <v>1</v>
       </c>
       <c r="G257" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H257" s="7">
         <v>3</v>
       </c>
       <c r="I257" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J257" s="7">
         <v>98</v>
       </c>
       <c r="K257" t="s" s="6">
         <v>14</v>
       </c>
@@ -7226,51 +7235,51 @@
       </c>
       <c r="F275" s="7">
         <v>19</v>
       </c>
       <c r="G275" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H275" s="7">
         <v>12</v>
       </c>
       <c r="I275" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J275" s="7">
         <v>760</v>
       </c>
       <c r="K275" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="276" spans="1:11">
       <c r="A276" t="s" s="8">
         <v>35</v>
       </c>
       <c r="B276" s="9">
-        <v>784</v>
+        <v>783</v>
       </c>
       <c r="C276" t="s" s="8">
         <v>14</v>
       </c>
       <c r="D276" s="9">
         <v>382</v>
       </c>
       <c r="E276" t="s" s="8">
         <v>14</v>
       </c>
       <c r="F276" s="9">
         <v>62</v>
       </c>
       <c r="G276" t="s" s="8">
         <v>14</v>
       </c>
       <c r="H276" s="9">
         <v>37</v>
       </c>
       <c r="I276" t="s" s="8">
         <v>14</v>
       </c>
       <c r="J276" s="9">
         <v>4692</v>
       </c>
@@ -7396,54 +7405,54 @@
       </c>
       <c r="F291" s="7">
         <v>7</v>
       </c>
       <c r="G291" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H291" s="7">
         <v>1</v>
       </c>
       <c r="I291" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J291" s="7">
         <v>80</v>
       </c>
       <c r="K291" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="292" spans="1:11">
       <c r="A292" t="s" s="6">
         <v>16</v>
       </c>
       <c r="B292" s="7">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C292" t="s" s="6">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="D292" s="7">
         <v>14</v>
       </c>
       <c r="E292" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F292" s="7">
         <v>1</v>
       </c>
       <c r="G292" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H292" s="7">
         <v>3</v>
       </c>
       <c r="I292" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J292" s="7">
         <v>99</v>
       </c>
       <c r="K292" t="s" s="6">
         <v>14</v>
       </c>
@@ -8061,87 +8070,2592 @@
       </c>
       <c r="F310" s="7">
         <v>19</v>
       </c>
       <c r="G310" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H310" s="7">
         <v>12</v>
       </c>
       <c r="I310" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J310" s="7">
         <v>755</v>
       </c>
       <c r="K310" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="311" spans="1:11">
       <c r="A311" t="s" s="8">
         <v>35</v>
       </c>
       <c r="B311" s="9">
-        <v>778</v>
+        <v>777</v>
       </c>
       <c r="C311" t="s" s="8">
         <v>14</v>
       </c>
       <c r="D311" s="9">
         <v>376</v>
       </c>
       <c r="E311" t="s" s="8">
         <v>14</v>
       </c>
       <c r="F311" s="9">
         <v>62</v>
       </c>
       <c r="G311" t="s" s="8">
         <v>14</v>
       </c>
       <c r="H311" s="9">
         <v>37</v>
       </c>
       <c r="I311" t="s" s="8">
         <v>14</v>
       </c>
       <c r="J311" s="9">
         <v>4798</v>
       </c>
       <c r="K311" t="s" s="8">
         <v>14</v>
       </c>
     </row>
     <row r="312" spans="1:11">
       <c r="A312" t="s">
         <v>36</v>
       </c>
     </row>
+    <row r="316" spans="1:11">
+      <c r="A316" t="s" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="317" spans="1:11">
+      <c r="A317" t="s" s="2">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="318" spans="1:11">
+      <c r="A318" t="s" s="2">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="319" spans="1:11">
+      <c r="A319" t="s" s="2">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="320" spans="1:11">
+      <c r="A320" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="321" spans="1:11">
+      <c r="A321" t="s" s="4">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="322" spans="1:11">
+      <c r="A322" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="323" spans="1:11">
+      <c r="A323" t="s" s="3">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="324" spans="1:11">
+      <c r="A324" t="s" s="5">
+        <v>7</v>
+      </c>
+      <c r="B324" t="s" s="5">
+        <v>8</v>
+      </c>
+      <c r="D324" t="s" s="5">
+        <v>9</v>
+      </c>
+      <c r="F324" t="s" s="5">
+        <v>10</v>
+      </c>
+      <c r="H324" t="s" s="5">
+        <v>11</v>
+      </c>
+      <c r="J324" t="s" s="5">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="325" spans="1:11">
+      <c r="A325" t="s" s="6">
+        <v>13</v>
+      </c>
+      <c r="B325" s="7">
+        <v>54</v>
+      </c>
+      <c r="C325" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D325" s="7">
+        <v>32</v>
+      </c>
+      <c r="E325" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F325" s="7">
+        <v>8</v>
+      </c>
+      <c r="G325" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H325" s="7">
+        <v/>
+      </c>
+      <c r="I325" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J325" s="7">
+        <v>190</v>
+      </c>
+      <c r="K325" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="326" spans="1:11">
+      <c r="A326" t="s" s="6">
+        <v>15</v>
+      </c>
+      <c r="B326" s="7">
+        <v>23</v>
+      </c>
+      <c r="C326" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D326" s="7">
+        <v>8</v>
+      </c>
+      <c r="E326" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F326" s="7">
+        <v>7</v>
+      </c>
+      <c r="G326" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H326" s="7">
+        <v>1</v>
+      </c>
+      <c r="I326" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J326" s="7">
+        <v>80</v>
+      </c>
+      <c r="K326" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="327" spans="1:11">
+      <c r="A327" t="s" s="6">
+        <v>16</v>
+      </c>
+      <c r="B327" s="7">
+        <v>19</v>
+      </c>
+      <c r="C327" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D327" s="7">
+        <v>14</v>
+      </c>
+      <c r="E327" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F327" s="7">
+        <v>1</v>
+      </c>
+      <c r="G327" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H327" s="7">
+        <v>4</v>
+      </c>
+      <c r="I327" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J327" s="7">
+        <v>98</v>
+      </c>
+      <c r="K327" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="328" spans="1:11">
+      <c r="A328" t="s" s="6">
+        <v>17</v>
+      </c>
+      <c r="B328" s="7">
+        <v>21</v>
+      </c>
+      <c r="C328" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D328" s="7">
+        <v>15</v>
+      </c>
+      <c r="E328" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F328" s="7">
+        <v>1</v>
+      </c>
+      <c r="G328" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H328" s="7">
+        <v>1</v>
+      </c>
+      <c r="I328" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J328" s="7">
+        <v>97</v>
+      </c>
+      <c r="K328" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="329" spans="1:11">
+      <c r="A329" t="s" s="6">
+        <v>18</v>
+      </c>
+      <c r="B329" s="7">
+        <v>24</v>
+      </c>
+      <c r="C329" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D329" s="7">
+        <v>13</v>
+      </c>
+      <c r="E329" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F329" s="7">
+        <v>3</v>
+      </c>
+      <c r="G329" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H329" s="7">
+        <v>1</v>
+      </c>
+      <c r="I329" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J329" s="7">
+        <v>130</v>
+      </c>
+      <c r="K329" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="330" spans="1:11">
+      <c r="A330" t="s" s="6">
+        <v>19</v>
+      </c>
+      <c r="B330" s="7">
+        <v>20</v>
+      </c>
+      <c r="C330" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D330" s="7">
+        <v>10</v>
+      </c>
+      <c r="E330" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F330" s="7">
+        <v>3</v>
+      </c>
+      <c r="G330" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H330" s="7">
+        <v/>
+      </c>
+      <c r="I330" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J330" s="7">
+        <v>60</v>
+      </c>
+      <c r="K330" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="331" spans="1:11">
+      <c r="A331" t="s" s="6">
+        <v>20</v>
+      </c>
+      <c r="B331" s="7">
+        <v>20</v>
+      </c>
+      <c r="C331" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D331" s="7">
+        <v>10</v>
+      </c>
+      <c r="E331" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F331" s="7">
+        <v>1</v>
+      </c>
+      <c r="G331" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H331" s="7">
+        <v>1</v>
+      </c>
+      <c r="I331" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J331" s="7">
+        <v>69</v>
+      </c>
+      <c r="K331" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="332" spans="1:11">
+      <c r="A332" t="s" s="6">
+        <v>21</v>
+      </c>
+      <c r="B332" s="7">
+        <v>60</v>
+      </c>
+      <c r="C332" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D332" s="7">
+        <v>37</v>
+      </c>
+      <c r="E332" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F332" s="7">
+        <v>1</v>
+      </c>
+      <c r="G332" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H332" s="7">
+        <v>2</v>
+      </c>
+      <c r="I332" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J332" s="7">
+        <v>356</v>
+      </c>
+      <c r="K332" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="333" spans="1:11">
+      <c r="A333" t="s" s="6">
+        <v>22</v>
+      </c>
+      <c r="B333" s="7">
+        <v>10</v>
+      </c>
+      <c r="C333" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D333" s="7">
+        <v>7</v>
+      </c>
+      <c r="E333" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F333" s="7">
+        <v/>
+      </c>
+      <c r="G333" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H333" s="7">
+        <v/>
+      </c>
+      <c r="I333" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J333" s="7">
+        <v>62</v>
+      </c>
+      <c r="K333" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="334" spans="1:11">
+      <c r="A334" t="s" s="6">
+        <v>23</v>
+      </c>
+      <c r="B334" s="7">
+        <v>18</v>
+      </c>
+      <c r="C334" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D334" s="7">
+        <v>7</v>
+      </c>
+      <c r="E334" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F334" s="7">
+        <v>1</v>
+      </c>
+      <c r="G334" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H334" s="7">
+        <v/>
+      </c>
+      <c r="I334" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J334" s="7">
+        <v>42</v>
+      </c>
+      <c r="K334" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="335" spans="1:11">
+      <c r="A335" t="s" s="6">
+        <v>24</v>
+      </c>
+      <c r="B335" s="7">
+        <v>15</v>
+      </c>
+      <c r="C335" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D335" s="7">
+        <v>9</v>
+      </c>
+      <c r="E335" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F335" s="7">
+        <v>1</v>
+      </c>
+      <c r="G335" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H335" s="7">
+        <v/>
+      </c>
+      <c r="I335" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J335" s="7">
+        <v>42</v>
+      </c>
+      <c r="K335" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="336" spans="1:11">
+      <c r="A336" t="s" s="6">
+        <v>25</v>
+      </c>
+      <c r="B336" s="7">
+        <v>17</v>
+      </c>
+      <c r="C336" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D336" s="7">
+        <v>7</v>
+      </c>
+      <c r="E336" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F336" s="7">
+        <v>3</v>
+      </c>
+      <c r="G336" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H336" s="7">
+        <v>1</v>
+      </c>
+      <c r="I336" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J336" s="7">
+        <v>81</v>
+      </c>
+      <c r="K336" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="337" spans="1:11">
+      <c r="A337" t="s" s="6">
+        <v>26</v>
+      </c>
+      <c r="B337" s="7">
+        <v>35</v>
+      </c>
+      <c r="C337" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D337" s="7">
+        <v>20</v>
+      </c>
+      <c r="E337" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F337" s="7">
+        <v>1</v>
+      </c>
+      <c r="G337" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H337" s="7">
+        <v>3</v>
+      </c>
+      <c r="I337" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J337" s="7">
+        <v>275</v>
+      </c>
+      <c r="K337" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="338" spans="1:11">
+      <c r="A338" t="s" s="6">
+        <v>27</v>
+      </c>
+      <c r="B338" s="7">
+        <v>48</v>
+      </c>
+      <c r="C338" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D338" s="7">
+        <v>19</v>
+      </c>
+      <c r="E338" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F338" s="7">
+        <v>3</v>
+      </c>
+      <c r="G338" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H338" s="7">
+        <v>2</v>
+      </c>
+      <c r="I338" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J338" s="7">
+        <v>193</v>
+      </c>
+      <c r="K338" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="339" spans="1:11">
+      <c r="A339" t="s" s="6">
+        <v>28</v>
+      </c>
+      <c r="B339" s="7">
+        <v>21</v>
+      </c>
+      <c r="C339" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D339" s="7">
+        <v>10</v>
+      </c>
+      <c r="E339" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F339" s="7">
+        <v>1</v>
+      </c>
+      <c r="G339" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H339" s="7">
+        <v>1</v>
+      </c>
+      <c r="I339" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J339" s="7">
+        <v>167</v>
+      </c>
+      <c r="K339" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="340" spans="1:11">
+      <c r="A340" t="s" s="6">
+        <v>29</v>
+      </c>
+      <c r="B340" s="7">
+        <v>24</v>
+      </c>
+      <c r="C340" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D340" s="7">
+        <v>7</v>
+      </c>
+      <c r="E340" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F340" s="7">
+        <v>1</v>
+      </c>
+      <c r="G340" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H340" s="7">
+        <v>1</v>
+      </c>
+      <c r="I340" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J340" s="7">
+        <v>98</v>
+      </c>
+      <c r="K340" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="341" spans="1:11">
+      <c r="A341" t="s" s="6">
+        <v>30</v>
+      </c>
+      <c r="B341" s="7">
+        <v>92</v>
+      </c>
+      <c r="C341" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D341" s="7">
+        <v>43</v>
+      </c>
+      <c r="E341" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F341" s="7">
+        <v>4</v>
+      </c>
+      <c r="G341" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H341" s="7">
+        <v>4</v>
+      </c>
+      <c r="I341" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J341" s="7">
+        <v>662</v>
+      </c>
+      <c r="K341" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="342" spans="1:11">
+      <c r="A342" t="s" s="6">
+        <v>31</v>
+      </c>
+      <c r="B342" s="7">
+        <v>62</v>
+      </c>
+      <c r="C342" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D342" s="7">
+        <v>38</v>
+      </c>
+      <c r="E342" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F342" s="7">
+        <v>3</v>
+      </c>
+      <c r="G342" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H342" s="7">
+        <v>1</v>
+      </c>
+      <c r="I342" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J342" s="7">
+        <v>373</v>
+      </c>
+      <c r="K342" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="343" spans="1:11">
+      <c r="A343" t="s" s="6">
+        <v>32</v>
+      </c>
+      <c r="B343" s="7">
+        <v>36</v>
+      </c>
+      <c r="C343" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D343" s="7">
+        <v>16</v>
+      </c>
+      <c r="E343" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F343" s="7">
+        <v/>
+      </c>
+      <c r="G343" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H343" s="7">
+        <v>1</v>
+      </c>
+      <c r="I343" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J343" s="7">
+        <v>256</v>
+      </c>
+      <c r="K343" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="344" spans="1:11">
+      <c r="A344" t="s" s="6">
+        <v>33</v>
+      </c>
+      <c r="B344" s="7">
+        <v>17</v>
+      </c>
+      <c r="C344" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D344" s="7">
+        <v>9</v>
+      </c>
+      <c r="E344" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F344" s="7">
+        <v/>
+      </c>
+      <c r="G344" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H344" s="7">
+        <v>2</v>
+      </c>
+      <c r="I344" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J344" s="7">
+        <v>76</v>
+      </c>
+      <c r="K344" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="345" spans="1:11">
+      <c r="A345" t="s" s="6">
+        <v>34</v>
+      </c>
+      <c r="B345" s="7">
+        <v>149</v>
+      </c>
+      <c r="C345" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D345" s="7">
+        <v>40</v>
+      </c>
+      <c r="E345" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F345" s="7">
+        <v>19</v>
+      </c>
+      <c r="G345" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H345" s="7">
+        <v>12</v>
+      </c>
+      <c r="I345" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J345" s="7">
+        <v>754</v>
+      </c>
+      <c r="K345" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="346" spans="1:11">
+      <c r="A346" t="s" s="8">
+        <v>35</v>
+      </c>
+      <c r="B346" s="9">
+        <v>785</v>
+      </c>
+      <c r="C346" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="D346" s="9">
+        <v>371</v>
+      </c>
+      <c r="E346" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="F346" s="9">
+        <v>62</v>
+      </c>
+      <c r="G346" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="H346" s="9">
+        <v>38</v>
+      </c>
+      <c r="I346" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="J346" s="9">
+        <v>4161</v>
+      </c>
+      <c r="K346" t="s" s="8">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="347" spans="1:11">
+      <c r="A347" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="351" spans="1:11">
+      <c r="A351" t="s" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="352" spans="1:11">
+      <c r="A352" t="s" s="2">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="353" spans="1:11">
+      <c r="A353" t="s" s="2">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="354" spans="1:11">
+      <c r="A354" t="s" s="2">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="355" spans="1:11">
+      <c r="A355" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="356" spans="1:11">
+      <c r="A356" t="s" s="4">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="357" spans="1:11">
+      <c r="A357" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="358" spans="1:11">
+      <c r="A358" t="s" s="3">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="359" spans="1:11">
+      <c r="A359" t="s" s="5">
+        <v>7</v>
+      </c>
+      <c r="B359" t="s" s="5">
+        <v>8</v>
+      </c>
+      <c r="D359" t="s" s="5">
+        <v>9</v>
+      </c>
+      <c r="F359" t="s" s="5">
+        <v>10</v>
+      </c>
+      <c r="H359" t="s" s="5">
+        <v>11</v>
+      </c>
+      <c r="J359" t="s" s="5">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="360" spans="1:11">
+      <c r="A360" t="s" s="6">
+        <v>13</v>
+      </c>
+      <c r="B360" s="7">
+        <v>54</v>
+      </c>
+      <c r="C360" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D360" s="7">
+        <v>32</v>
+      </c>
+      <c r="E360" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F360" s="7">
+        <v>8</v>
+      </c>
+      <c r="G360" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H360" s="7">
+        <v/>
+      </c>
+      <c r="I360" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J360" s="7">
+        <v>191</v>
+      </c>
+      <c r="K360" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="361" spans="1:11">
+      <c r="A361" t="s" s="6">
+        <v>15</v>
+      </c>
+      <c r="B361" s="7">
+        <v>23</v>
+      </c>
+      <c r="C361" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D361" s="7">
+        <v>8</v>
+      </c>
+      <c r="E361" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F361" s="7">
+        <v>7</v>
+      </c>
+      <c r="G361" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H361" s="7">
+        <v>1</v>
+      </c>
+      <c r="I361" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J361" s="7">
+        <v>80</v>
+      </c>
+      <c r="K361" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="362" spans="1:11">
+      <c r="A362" t="s" s="6">
+        <v>16</v>
+      </c>
+      <c r="B362" s="7">
+        <v>19</v>
+      </c>
+      <c r="C362" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D362" s="7">
+        <v>14</v>
+      </c>
+      <c r="E362" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F362" s="7">
+        <v>1</v>
+      </c>
+      <c r="G362" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H362" s="7">
+        <v>4</v>
+      </c>
+      <c r="I362" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J362" s="7">
+        <v>98</v>
+      </c>
+      <c r="K362" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="363" spans="1:11">
+      <c r="A363" t="s" s="6">
+        <v>17</v>
+      </c>
+      <c r="B363" s="7">
+        <v>21</v>
+      </c>
+      <c r="C363" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D363" s="7">
+        <v>15</v>
+      </c>
+      <c r="E363" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F363" s="7">
+        <v>1</v>
+      </c>
+      <c r="G363" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H363" s="7">
+        <v>1</v>
+      </c>
+      <c r="I363" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J363" s="7">
+        <v>94</v>
+      </c>
+      <c r="K363" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="364" spans="1:11">
+      <c r="A364" t="s" s="6">
+        <v>18</v>
+      </c>
+      <c r="B364" s="7">
+        <v>24</v>
+      </c>
+      <c r="C364" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D364" s="7">
+        <v>13</v>
+      </c>
+      <c r="E364" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F364" s="7">
+        <v>3</v>
+      </c>
+      <c r="G364" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H364" s="7">
+        <v>1</v>
+      </c>
+      <c r="I364" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J364" s="7">
+        <v>131</v>
+      </c>
+      <c r="K364" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="365" spans="1:11">
+      <c r="A365" t="s" s="6">
+        <v>19</v>
+      </c>
+      <c r="B365" s="7">
+        <v>20</v>
+      </c>
+      <c r="C365" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D365" s="7">
+        <v>10</v>
+      </c>
+      <c r="E365" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F365" s="7">
+        <v>3</v>
+      </c>
+      <c r="G365" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H365" s="7">
+        <v/>
+      </c>
+      <c r="I365" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J365" s="7">
+        <v>60</v>
+      </c>
+      <c r="K365" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="366" spans="1:11">
+      <c r="A366" t="s" s="6">
+        <v>20</v>
+      </c>
+      <c r="B366" s="7">
+        <v>20</v>
+      </c>
+      <c r="C366" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D366" s="7">
+        <v>10</v>
+      </c>
+      <c r="E366" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F366" s="7">
+        <v>1</v>
+      </c>
+      <c r="G366" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H366" s="7">
+        <v>1</v>
+      </c>
+      <c r="I366" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J366" s="7">
+        <v>69</v>
+      </c>
+      <c r="K366" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="367" spans="1:11">
+      <c r="A367" t="s" s="6">
+        <v>21</v>
+      </c>
+      <c r="B367" s="7">
+        <v>60</v>
+      </c>
+      <c r="C367" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D367" s="7">
+        <v>35</v>
+      </c>
+      <c r="E367" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F367" s="7">
+        <v>1</v>
+      </c>
+      <c r="G367" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H367" s="7">
+        <v>2</v>
+      </c>
+      <c r="I367" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J367" s="7">
+        <v>341</v>
+      </c>
+      <c r="K367" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="368" spans="1:11">
+      <c r="A368" t="s" s="6">
+        <v>22</v>
+      </c>
+      <c r="B368" s="7">
+        <v>10</v>
+      </c>
+      <c r="C368" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D368" s="7">
+        <v>7</v>
+      </c>
+      <c r="E368" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F368" s="7">
+        <v/>
+      </c>
+      <c r="G368" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H368" s="7">
+        <v/>
+      </c>
+      <c r="I368" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J368" s="7">
+        <v>56</v>
+      </c>
+      <c r="K368" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="369" spans="1:11">
+      <c r="A369" t="s" s="6">
+        <v>23</v>
+      </c>
+      <c r="B369" s="7">
+        <v>18</v>
+      </c>
+      <c r="C369" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D369" s="7">
+        <v>7</v>
+      </c>
+      <c r="E369" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F369" s="7">
+        <v>1</v>
+      </c>
+      <c r="G369" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H369" s="7">
+        <v/>
+      </c>
+      <c r="I369" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J369" s="7">
+        <v>42</v>
+      </c>
+      <c r="K369" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="370" spans="1:11">
+      <c r="A370" t="s" s="6">
+        <v>24</v>
+      </c>
+      <c r="B370" s="7">
+        <v>15</v>
+      </c>
+      <c r="C370" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D370" s="7">
+        <v>9</v>
+      </c>
+      <c r="E370" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F370" s="7">
+        <v>1</v>
+      </c>
+      <c r="G370" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H370" s="7">
+        <v/>
+      </c>
+      <c r="I370" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J370" s="7">
+        <v>41</v>
+      </c>
+      <c r="K370" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="371" spans="1:11">
+      <c r="A371" t="s" s="6">
+        <v>25</v>
+      </c>
+      <c r="B371" s="7">
+        <v>17</v>
+      </c>
+      <c r="C371" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D371" s="7">
+        <v>7</v>
+      </c>
+      <c r="E371" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F371" s="7">
+        <v>3</v>
+      </c>
+      <c r="G371" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H371" s="7">
+        <v>1</v>
+      </c>
+      <c r="I371" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J371" s="7">
+        <v>82</v>
+      </c>
+      <c r="K371" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="372" spans="1:11">
+      <c r="A372" t="s" s="6">
+        <v>26</v>
+      </c>
+      <c r="B372" s="7">
+        <v>35</v>
+      </c>
+      <c r="C372" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D372" s="7">
+        <v>20</v>
+      </c>
+      <c r="E372" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F372" s="7">
+        <v>1</v>
+      </c>
+      <c r="G372" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H372" s="7">
+        <v>3</v>
+      </c>
+      <c r="I372" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J372" s="7">
+        <v>244</v>
+      </c>
+      <c r="K372" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="373" spans="1:11">
+      <c r="A373" t="s" s="6">
+        <v>27</v>
+      </c>
+      <c r="B373" s="7">
+        <v>48</v>
+      </c>
+      <c r="C373" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D373" s="7">
+        <v>18</v>
+      </c>
+      <c r="E373" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F373" s="7">
+        <v>3</v>
+      </c>
+      <c r="G373" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H373" s="7">
+        <v>2</v>
+      </c>
+      <c r="I373" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J373" s="7">
+        <v>195</v>
+      </c>
+      <c r="K373" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="374" spans="1:11">
+      <c r="A374" t="s" s="6">
+        <v>28</v>
+      </c>
+      <c r="B374" s="7">
+        <v>21</v>
+      </c>
+      <c r="C374" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D374" s="7">
+        <v>10</v>
+      </c>
+      <c r="E374" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F374" s="7">
+        <v>1</v>
+      </c>
+      <c r="G374" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H374" s="7">
+        <v>1</v>
+      </c>
+      <c r="I374" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J374" s="7">
+        <v>147</v>
+      </c>
+      <c r="K374" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="375" spans="1:11">
+      <c r="A375" t="s" s="6">
+        <v>29</v>
+      </c>
+      <c r="B375" s="7">
+        <v>23</v>
+      </c>
+      <c r="C375" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D375" s="7">
+        <v>7</v>
+      </c>
+      <c r="E375" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F375" s="7">
+        <v>1</v>
+      </c>
+      <c r="G375" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H375" s="7">
+        <v>1</v>
+      </c>
+      <c r="I375" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J375" s="7">
+        <v>98</v>
+      </c>
+      <c r="K375" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="376" spans="1:11">
+      <c r="A376" t="s" s="6">
+        <v>30</v>
+      </c>
+      <c r="B376" s="7">
+        <v>92</v>
+      </c>
+      <c r="C376" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D376" s="7">
+        <v>43</v>
+      </c>
+      <c r="E376" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F376" s="7">
+        <v>4</v>
+      </c>
+      <c r="G376" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H376" s="7">
+        <v>4</v>
+      </c>
+      <c r="I376" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J376" s="7">
+        <v>523</v>
+      </c>
+      <c r="K376" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="377" spans="1:11">
+      <c r="A377" t="s" s="6">
+        <v>31</v>
+      </c>
+      <c r="B377" s="7">
+        <v>62</v>
+      </c>
+      <c r="C377" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D377" s="7">
+        <v>37</v>
+      </c>
+      <c r="E377" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F377" s="7">
+        <v>3</v>
+      </c>
+      <c r="G377" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H377" s="7">
+        <v>1</v>
+      </c>
+      <c r="I377" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J377" s="7">
+        <v>342</v>
+      </c>
+      <c r="K377" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="378" spans="1:11">
+      <c r="A378" t="s" s="6">
+        <v>32</v>
+      </c>
+      <c r="B378" s="7">
+        <v>36</v>
+      </c>
+      <c r="C378" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D378" s="7">
+        <v>16</v>
+      </c>
+      <c r="E378" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F378" s="7">
+        <v/>
+      </c>
+      <c r="G378" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H378" s="7">
+        <v>1</v>
+      </c>
+      <c r="I378" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J378" s="7">
+        <v>192</v>
+      </c>
+      <c r="K378" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="379" spans="1:11">
+      <c r="A379" t="s" s="6">
+        <v>33</v>
+      </c>
+      <c r="B379" s="7">
+        <v>17</v>
+      </c>
+      <c r="C379" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D379" s="7">
+        <v>9</v>
+      </c>
+      <c r="E379" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F379" s="7">
+        <v/>
+      </c>
+      <c r="G379" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H379" s="7">
+        <v>2</v>
+      </c>
+      <c r="I379" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J379" s="7">
+        <v>81</v>
+      </c>
+      <c r="K379" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="380" spans="1:11">
+      <c r="A380" t="s" s="6">
+        <v>34</v>
+      </c>
+      <c r="B380" s="7">
+        <v>147</v>
+      </c>
+      <c r="C380" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D380" s="7">
+        <v>40</v>
+      </c>
+      <c r="E380" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F380" s="7">
+        <v>19</v>
+      </c>
+      <c r="G380" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H380" s="7">
+        <v>12</v>
+      </c>
+      <c r="I380" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J380" s="7">
+        <v>758</v>
+      </c>
+      <c r="K380" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="381" spans="1:11">
+      <c r="A381" t="s" s="8">
+        <v>35</v>
+      </c>
+      <c r="B381" s="9">
+        <v>782</v>
+      </c>
+      <c r="C381" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="D381" s="9">
+        <v>367</v>
+      </c>
+      <c r="E381" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="F381" s="9">
+        <v>62</v>
+      </c>
+      <c r="G381" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="H381" s="9">
+        <v>38</v>
+      </c>
+      <c r="I381" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="J381" s="9">
+        <v>3865</v>
+      </c>
+      <c r="K381" t="s" s="8">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="382" spans="1:11">
+      <c r="A382" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="386" spans="1:11">
+      <c r="A386" t="s" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="387" spans="1:11">
+      <c r="A387" t="s" s="2">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="388" spans="1:11">
+      <c r="A388" t="s" s="2">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="389" spans="1:11">
+      <c r="A389" t="s" s="2">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="390" spans="1:11">
+      <c r="A390" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="391" spans="1:11">
+      <c r="A391" t="s" s="4">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="392" spans="1:11">
+      <c r="A392" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="393" spans="1:11">
+      <c r="A393" t="s" s="3">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="394" spans="1:11">
+      <c r="A394" t="s" s="5">
+        <v>7</v>
+      </c>
+      <c r="B394" t="s" s="5">
+        <v>8</v>
+      </c>
+      <c r="D394" t="s" s="5">
+        <v>9</v>
+      </c>
+      <c r="F394" t="s" s="5">
+        <v>10</v>
+      </c>
+      <c r="H394" t="s" s="5">
+        <v>11</v>
+      </c>
+      <c r="J394" t="s" s="5">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="395" spans="1:11">
+      <c r="A395" t="s" s="6">
+        <v>13</v>
+      </c>
+      <c r="B395" s="7">
+        <v>59</v>
+      </c>
+      <c r="C395" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D395" s="7">
+        <v>32</v>
+      </c>
+      <c r="E395" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F395" s="7">
+        <v>8</v>
+      </c>
+      <c r="G395" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H395" s="7">
+        <v/>
+      </c>
+      <c r="I395" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J395" s="7">
+        <v>192</v>
+      </c>
+      <c r="K395" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="396" spans="1:11">
+      <c r="A396" t="s" s="6">
+        <v>15</v>
+      </c>
+      <c r="B396" s="7">
+        <v>23</v>
+      </c>
+      <c r="C396" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D396" s="7">
+        <v>9</v>
+      </c>
+      <c r="E396" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F396" s="7">
+        <v>7</v>
+      </c>
+      <c r="G396" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H396" s="7">
+        <v>2</v>
+      </c>
+      <c r="I396" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J396" s="7">
+        <v>80</v>
+      </c>
+      <c r="K396" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="397" spans="1:11">
+      <c r="A397" t="s" s="6">
+        <v>16</v>
+      </c>
+      <c r="B397" s="7">
+        <v>20</v>
+      </c>
+      <c r="C397" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D397" s="7">
+        <v>14</v>
+      </c>
+      <c r="E397" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F397" s="7">
+        <v>1</v>
+      </c>
+      <c r="G397" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H397" s="7">
+        <v>4</v>
+      </c>
+      <c r="I397" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J397" s="7">
+        <v>98</v>
+      </c>
+      <c r="K397" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="398" spans="1:11">
+      <c r="A398" t="s" s="6">
+        <v>17</v>
+      </c>
+      <c r="B398" s="7">
+        <v>22</v>
+      </c>
+      <c r="C398" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D398" s="7">
+        <v>15</v>
+      </c>
+      <c r="E398" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F398" s="7">
+        <v>1</v>
+      </c>
+      <c r="G398" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H398" s="7">
+        <v>1</v>
+      </c>
+      <c r="I398" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J398" s="7">
+        <v>93</v>
+      </c>
+      <c r="K398" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="399" spans="1:11">
+      <c r="A399" t="s" s="6">
+        <v>18</v>
+      </c>
+      <c r="B399" s="7">
+        <v>24</v>
+      </c>
+      <c r="C399" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D399" s="7">
+        <v>13</v>
+      </c>
+      <c r="E399" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F399" s="7">
+        <v>3</v>
+      </c>
+      <c r="G399" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H399" s="7">
+        <v>1</v>
+      </c>
+      <c r="I399" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J399" s="7">
+        <v>132</v>
+      </c>
+      <c r="K399" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="400" spans="1:11">
+      <c r="A400" t="s" s="6">
+        <v>19</v>
+      </c>
+      <c r="B400" s="7">
+        <v>20</v>
+      </c>
+      <c r="C400" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D400" s="7">
+        <v>10</v>
+      </c>
+      <c r="E400" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F400" s="7">
+        <v>3</v>
+      </c>
+      <c r="G400" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H400" s="7">
+        <v/>
+      </c>
+      <c r="I400" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J400" s="7">
+        <v>60</v>
+      </c>
+      <c r="K400" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="401" spans="1:11">
+      <c r="A401" t="s" s="6">
+        <v>20</v>
+      </c>
+      <c r="B401" s="7">
+        <v>20</v>
+      </c>
+      <c r="C401" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D401" s="7">
+        <v>10</v>
+      </c>
+      <c r="E401" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F401" s="7">
+        <v>1</v>
+      </c>
+      <c r="G401" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H401" s="7">
+        <v>1</v>
+      </c>
+      <c r="I401" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J401" s="7">
+        <v>69</v>
+      </c>
+      <c r="K401" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="402" spans="1:11">
+      <c r="A402" t="s" s="6">
+        <v>21</v>
+      </c>
+      <c r="B402" s="7">
+        <v>61</v>
+      </c>
+      <c r="C402" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D402" s="7">
+        <v>34</v>
+      </c>
+      <c r="E402" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F402" s="7">
+        <v>1</v>
+      </c>
+      <c r="G402" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H402" s="7">
+        <v>2</v>
+      </c>
+      <c r="I402" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J402" s="7">
+        <v>339</v>
+      </c>
+      <c r="K402" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="403" spans="1:11">
+      <c r="A403" t="s" s="6">
+        <v>22</v>
+      </c>
+      <c r="B403" s="7">
+        <v>10</v>
+      </c>
+      <c r="C403" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D403" s="7">
+        <v>7</v>
+      </c>
+      <c r="E403" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F403" s="7">
+        <v/>
+      </c>
+      <c r="G403" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H403" s="7">
+        <v/>
+      </c>
+      <c r="I403" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J403" s="7">
+        <v>56</v>
+      </c>
+      <c r="K403" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="404" spans="1:11">
+      <c r="A404" t="s" s="6">
+        <v>23</v>
+      </c>
+      <c r="B404" s="7">
+        <v>18</v>
+      </c>
+      <c r="C404" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D404" s="7">
+        <v>7</v>
+      </c>
+      <c r="E404" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F404" s="7">
+        <v>1</v>
+      </c>
+      <c r="G404" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H404" s="7">
+        <v/>
+      </c>
+      <c r="I404" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J404" s="7">
+        <v>41</v>
+      </c>
+      <c r="K404" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="405" spans="1:11">
+      <c r="A405" t="s" s="6">
+        <v>24</v>
+      </c>
+      <c r="B405" s="7">
+        <v>15</v>
+      </c>
+      <c r="C405" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D405" s="7">
+        <v>9</v>
+      </c>
+      <c r="E405" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F405" s="7">
+        <v>1</v>
+      </c>
+      <c r="G405" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H405" s="7">
+        <v/>
+      </c>
+      <c r="I405" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J405" s="7">
+        <v>41</v>
+      </c>
+      <c r="K405" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="406" spans="1:11">
+      <c r="A406" t="s" s="6">
+        <v>25</v>
+      </c>
+      <c r="B406" s="7">
+        <v>17</v>
+      </c>
+      <c r="C406" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D406" s="7">
+        <v>7</v>
+      </c>
+      <c r="E406" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F406" s="7">
+        <v>3</v>
+      </c>
+      <c r="G406" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H406" s="7">
+        <v>1</v>
+      </c>
+      <c r="I406" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J406" s="7">
+        <v>82</v>
+      </c>
+      <c r="K406" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="407" spans="1:11">
+      <c r="A407" t="s" s="6">
+        <v>26</v>
+      </c>
+      <c r="B407" s="7">
+        <v>35</v>
+      </c>
+      <c r="C407" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D407" s="7">
+        <v>21</v>
+      </c>
+      <c r="E407" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F407" s="7">
+        <v>1</v>
+      </c>
+      <c r="G407" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H407" s="7">
+        <v>3</v>
+      </c>
+      <c r="I407" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J407" s="7">
+        <v>242</v>
+      </c>
+      <c r="K407" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="408" spans="1:11">
+      <c r="A408" t="s" s="6">
+        <v>27</v>
+      </c>
+      <c r="B408" s="7">
+        <v>48</v>
+      </c>
+      <c r="C408" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D408" s="7">
+        <v>18</v>
+      </c>
+      <c r="E408" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F408" s="7">
+        <v>3</v>
+      </c>
+      <c r="G408" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H408" s="7">
+        <v>2</v>
+      </c>
+      <c r="I408" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J408" s="7">
+        <v>196</v>
+      </c>
+      <c r="K408" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="409" spans="1:11">
+      <c r="A409" t="s" s="6">
+        <v>28</v>
+      </c>
+      <c r="B409" s="7">
+        <v>21</v>
+      </c>
+      <c r="C409" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D409" s="7">
+        <v>10</v>
+      </c>
+      <c r="E409" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F409" s="7">
+        <v>1</v>
+      </c>
+      <c r="G409" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H409" s="7">
+        <v>1</v>
+      </c>
+      <c r="I409" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J409" s="7">
+        <v>143</v>
+      </c>
+      <c r="K409" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="410" spans="1:11">
+      <c r="A410" t="s" s="6">
+        <v>29</v>
+      </c>
+      <c r="B410" s="7">
+        <v>23</v>
+      </c>
+      <c r="C410" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D410" s="7">
+        <v>7</v>
+      </c>
+      <c r="E410" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F410" s="7">
+        <v>1</v>
+      </c>
+      <c r="G410" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H410" s="7">
+        <v>1</v>
+      </c>
+      <c r="I410" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J410" s="7">
+        <v>98</v>
+      </c>
+      <c r="K410" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="411" spans="1:11">
+      <c r="A411" t="s" s="6">
+        <v>30</v>
+      </c>
+      <c r="B411" s="7">
+        <v>92</v>
+      </c>
+      <c r="C411" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D411" s="7">
+        <v>43</v>
+      </c>
+      <c r="E411" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F411" s="7">
+        <v>4</v>
+      </c>
+      <c r="G411" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H411" s="7">
+        <v>4</v>
+      </c>
+      <c r="I411" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J411" s="7">
+        <v>500</v>
+      </c>
+      <c r="K411" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="412" spans="1:11">
+      <c r="A412" t="s" s="6">
+        <v>31</v>
+      </c>
+      <c r="B412" s="7">
+        <v>62</v>
+      </c>
+      <c r="C412" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D412" s="7">
+        <v>37</v>
+      </c>
+      <c r="E412" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F412" s="7">
+        <v>3</v>
+      </c>
+      <c r="G412" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H412" s="7">
+        <v>1</v>
+      </c>
+      <c r="I412" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J412" s="7">
+        <v>333</v>
+      </c>
+      <c r="K412" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="413" spans="1:11">
+      <c r="A413" t="s" s="6">
+        <v>32</v>
+      </c>
+      <c r="B413" s="7">
+        <v>36</v>
+      </c>
+      <c r="C413" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D413" s="7">
+        <v>16</v>
+      </c>
+      <c r="E413" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F413" s="7">
+        <v/>
+      </c>
+      <c r="G413" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H413" s="7">
+        <v>1</v>
+      </c>
+      <c r="I413" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J413" s="7">
+        <v>180</v>
+      </c>
+      <c r="K413" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="414" spans="1:11">
+      <c r="A414" t="s" s="6">
+        <v>33</v>
+      </c>
+      <c r="B414" s="7">
+        <v>17</v>
+      </c>
+      <c r="C414" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D414" s="7">
+        <v>9</v>
+      </c>
+      <c r="E414" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F414" s="7">
+        <v/>
+      </c>
+      <c r="G414" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H414" s="7">
+        <v>2</v>
+      </c>
+      <c r="I414" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J414" s="7">
+        <v>82</v>
+      </c>
+      <c r="K414" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="415" spans="1:11">
+      <c r="A415" t="s" s="6">
+        <v>34</v>
+      </c>
+      <c r="B415" s="7">
+        <v>149</v>
+      </c>
+      <c r="C415" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D415" s="7">
+        <v>39</v>
+      </c>
+      <c r="E415" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F415" s="7">
+        <v>19</v>
+      </c>
+      <c r="G415" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H415" s="7">
+        <v>12</v>
+      </c>
+      <c r="I415" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J415" s="7">
+        <v>759</v>
+      </c>
+      <c r="K415" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="416" spans="1:11">
+      <c r="A416" t="s" s="8">
+        <v>35</v>
+      </c>
+      <c r="B416" s="9">
+        <v>792</v>
+      </c>
+      <c r="C416" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="D416" s="9">
+        <v>367</v>
+      </c>
+      <c r="E416" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="F416" s="9">
+        <v>62</v>
+      </c>
+      <c r="G416" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="H416" s="9">
+        <v>39</v>
+      </c>
+      <c r="I416" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="J416" s="9">
+        <v>3816</v>
+      </c>
+      <c r="K416" t="s" s="8">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="417" spans="1:11">
+      <c r="A417" t="s">
+        <v>36</v>
+      </c>
+    </row>
   </sheetData>
-  <mergeCells count="117">
+  <mergeCells count="156">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A5:K5"/>
     <mergeCell ref="A6:K6"/>
     <mergeCell ref="A7:K7"/>
     <mergeCell ref="A8:K8"/>
     <mergeCell ref="B9:C9"/>
     <mergeCell ref="D9:E9"/>
     <mergeCell ref="F9:G9"/>
     <mergeCell ref="H9:I9"/>
     <mergeCell ref="J9:K9"/>
     <mergeCell ref="A36:K36"/>
     <mergeCell ref="A37:K37"/>
     <mergeCell ref="A38:K38"/>
     <mergeCell ref="A39:K39"/>
     <mergeCell ref="A40:K40"/>
     <mergeCell ref="A41:K41"/>
     <mergeCell ref="A42:K42"/>
     <mergeCell ref="A43:K43"/>
     <mergeCell ref="B44:C44"/>
     <mergeCell ref="D44:E44"/>
     <mergeCell ref="F44:G44"/>
     <mergeCell ref="H44:I44"/>
@@ -8215,50 +10729,89 @@
     <mergeCell ref="A247:K247"/>
     <mergeCell ref="A248:K248"/>
     <mergeCell ref="A249:K249"/>
     <mergeCell ref="A250:K250"/>
     <mergeCell ref="A251:K251"/>
     <mergeCell ref="A252:K252"/>
     <mergeCell ref="A253:K253"/>
     <mergeCell ref="B254:C254"/>
     <mergeCell ref="D254:E254"/>
     <mergeCell ref="F254:G254"/>
     <mergeCell ref="H254:I254"/>
     <mergeCell ref="J254:K254"/>
     <mergeCell ref="A281:K281"/>
     <mergeCell ref="A282:K282"/>
     <mergeCell ref="A283:K283"/>
     <mergeCell ref="A284:K284"/>
     <mergeCell ref="A285:K285"/>
     <mergeCell ref="A286:K286"/>
     <mergeCell ref="A287:K287"/>
     <mergeCell ref="A288:K288"/>
     <mergeCell ref="B289:C289"/>
     <mergeCell ref="D289:E289"/>
     <mergeCell ref="F289:G289"/>
     <mergeCell ref="H289:I289"/>
     <mergeCell ref="J289:K289"/>
+    <mergeCell ref="A316:K316"/>
+    <mergeCell ref="A317:K317"/>
+    <mergeCell ref="A318:K318"/>
+    <mergeCell ref="A319:K319"/>
+    <mergeCell ref="A320:K320"/>
+    <mergeCell ref="A321:K321"/>
+    <mergeCell ref="A322:K322"/>
+    <mergeCell ref="A323:K323"/>
+    <mergeCell ref="B324:C324"/>
+    <mergeCell ref="D324:E324"/>
+    <mergeCell ref="F324:G324"/>
+    <mergeCell ref="H324:I324"/>
+    <mergeCell ref="J324:K324"/>
+    <mergeCell ref="A351:K351"/>
+    <mergeCell ref="A352:K352"/>
+    <mergeCell ref="A353:K353"/>
+    <mergeCell ref="A354:K354"/>
+    <mergeCell ref="A355:K355"/>
+    <mergeCell ref="A356:K356"/>
+    <mergeCell ref="A357:K357"/>
+    <mergeCell ref="A358:K358"/>
+    <mergeCell ref="B359:C359"/>
+    <mergeCell ref="D359:E359"/>
+    <mergeCell ref="F359:G359"/>
+    <mergeCell ref="H359:I359"/>
+    <mergeCell ref="J359:K359"/>
+    <mergeCell ref="A386:K386"/>
+    <mergeCell ref="A387:K387"/>
+    <mergeCell ref="A388:K388"/>
+    <mergeCell ref="A389:K389"/>
+    <mergeCell ref="A390:K390"/>
+    <mergeCell ref="A391:K391"/>
+    <mergeCell ref="A392:K392"/>
+    <mergeCell ref="A393:K393"/>
+    <mergeCell ref="B394:C394"/>
+    <mergeCell ref="D394:E394"/>
+    <mergeCell ref="F394:G394"/>
+    <mergeCell ref="H394:I394"/>
+    <mergeCell ref="J394:K394"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>PI2 ENG</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>